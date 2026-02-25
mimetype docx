--- v0 (2026-02-05)
+++ v1 (2026-02-25)
@@ -1974,50 +1974,208 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1531" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0DD93F18" w14:textId="4CCF0D7E" w:rsidR="00D02894" w:rsidRDefault="00BC4DEC" w:rsidP="00D92082">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>19/11/2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00840D69" w:rsidRPr="00B07F13" w14:paraId="6290A38A" w14:textId="77777777" w:rsidTr="00360220">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3923" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19D62B04" w14:textId="2C0D3AAE" w:rsidR="00840D69" w:rsidRDefault="00840D69" w:rsidP="00D92082">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Simon Holroyd</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="405" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="483D03D5" w14:textId="77777777" w:rsidR="00840D69" w:rsidRPr="00B07F13" w:rsidRDefault="00840D69" w:rsidP="00D92082">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67C8D1E0" w14:textId="77777777" w:rsidR="00840D69" w:rsidRPr="00B07F13" w:rsidRDefault="00840D69" w:rsidP="00D92082">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E2873DD" w14:textId="77777777" w:rsidR="00840D69" w:rsidRPr="00B07F13" w:rsidRDefault="00840D69" w:rsidP="00D92082">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="516" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10F1B7EF" w14:textId="77777777" w:rsidR="00840D69" w:rsidRPr="00B07F13" w:rsidRDefault="00840D69" w:rsidP="00D92082">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="422" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="242A0CB7" w14:textId="77777777" w:rsidR="00840D69" w:rsidRPr="00B07F13" w:rsidRDefault="00840D69" w:rsidP="00D92082">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="421" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C36877E" w14:textId="77777777" w:rsidR="00840D69" w:rsidRPr="00B07F13" w:rsidRDefault="00840D69" w:rsidP="00D92082">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="422" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52F8E3C2" w14:textId="77777777" w:rsidR="00840D69" w:rsidRPr="00B07F13" w:rsidRDefault="00840D69" w:rsidP="00D92082">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="423" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31467467" w14:textId="77777777" w:rsidR="00840D69" w:rsidRPr="00B07F13" w:rsidRDefault="00840D69" w:rsidP="00D92082">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76EC4E9C" w14:textId="4CF75915" w:rsidR="00840D69" w:rsidRDefault="00B01E2A" w:rsidP="00D92082">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5/2/2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="00360220" w:rsidRPr="00B07F13" w14:paraId="7A71CE14" w14:textId="77777777" w:rsidTr="00360220">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3923" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="42593D21" w14:textId="35E3F528" w:rsidR="00360220" w:rsidRDefault="00360220" w:rsidP="00D92082">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B07F13">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Jim Anderson</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
@@ -2129,58 +2287,66 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="423" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="19A7B38C" w14:textId="77777777" w:rsidR="00360220" w:rsidRPr="00B07F13" w:rsidRDefault="00360220" w:rsidP="00D92082">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1531" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="519FCC6A" w14:textId="13EDF34F" w:rsidR="00360220" w:rsidRDefault="00360220" w:rsidP="00D92082">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="519FCC6A" w14:textId="2AE66961" w:rsidR="00360220" w:rsidRDefault="00D33F58" w:rsidP="00D92082">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>19/1/2026</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E34B41" w:rsidRPr="00B07F13" w14:paraId="0E00B582" w14:textId="77777777" w:rsidTr="00360220">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3923" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6BD46F58" w14:textId="4DF157C8" w:rsidR="00E34B41" w:rsidRPr="00B07F13" w:rsidRDefault="00E34B41" w:rsidP="00D92082">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Bobby Hunter -HTL</w:t>
             </w:r>
           </w:p>
@@ -2485,58 +2651,66 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0FC"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="423" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="68E60999" w14:textId="77777777" w:rsidR="00E34B41" w:rsidRPr="00B07F13" w:rsidRDefault="00E34B41" w:rsidP="00D92082">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1531" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C0B16FC" w14:textId="3A12D639" w:rsidR="00E34B41" w:rsidRPr="00B07F13" w:rsidRDefault="00E34B41" w:rsidP="00D92082">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="5C0B16FC" w14:textId="56D4C1C5" w:rsidR="00E34B41" w:rsidRPr="00B07F13" w:rsidRDefault="00B37AB6" w:rsidP="00D92082">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11/2/2026</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4335E39F" w14:textId="77777777" w:rsidR="00417110" w:rsidRPr="00B07F13" w:rsidRDefault="00417110">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1643"/>
         <w:gridCol w:w="7373"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E96A35" w:rsidRPr="00B07F13" w14:paraId="6663F4F9" w14:textId="77777777" w:rsidTr="00E96A35">
         <w:tc>
@@ -3060,50 +3234,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Received a prize or an award from the association</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3AC5DB69" w14:textId="77777777" w:rsidR="00E96A35" w:rsidRPr="00FE2600" w:rsidRDefault="00E96A35" w:rsidP="00E96A35">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2600">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Received a gift, decoration allowance or reward/payment from the association</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E96A35" w:rsidRPr="00B07F13" w14:paraId="2C866B1C" w14:textId="77777777" w:rsidTr="00E96A35">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1643" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4F646D19" w14:textId="77777777" w:rsidR="00E96A35" w:rsidRPr="00FE2600" w:rsidRDefault="00E96A35" w:rsidP="0029287A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2600">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
@@ -4116,50 +4291,51 @@
         <w:trPr>
           <w:trHeight w:val="470"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2365" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70A9ECC1" w14:textId="77777777" w:rsidR="00261446" w:rsidRPr="00B07F13" w:rsidRDefault="00261446" w:rsidP="00807DB4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B07F13">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Karen Eunson</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7512" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41EC9D60" w14:textId="5C5ACDCB" w:rsidR="005A5DDD" w:rsidRPr="0051778A" w:rsidRDefault="002B11DA" w:rsidP="00807DB4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Scottish Federation of Housing Associations, </w:t>
@@ -4202,87 +4378,122 @@
               </w:rPr>
               <w:t>Neil Manson</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7512" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08DCC47D" w14:textId="77777777" w:rsidR="00261446" w:rsidRDefault="00261446" w:rsidP="00807DB4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0051778A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Trustee of the Sullom Voe Terminal 10</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Trustee of the Sullom </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0051778A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Voe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0051778A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Terminal 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0051778A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r w:rsidRPr="0051778A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Anniversary Trust.  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="186AAA88" w14:textId="1F1CBADB" w:rsidR="00261446" w:rsidRDefault="00261446" w:rsidP="00807DB4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">Director of Voar Energy. </w:t>
+              <w:t xml:space="preserve">Director of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Voar</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Energy. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="223B38F4" w14:textId="094977ED" w:rsidR="00261446" w:rsidRPr="0051778A" w:rsidRDefault="00261446" w:rsidP="00807DB4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Director</w:t>
             </w:r>
             <w:r w:rsidR="009B49F6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -4302,51 +4513,50 @@
       <w:tr w:rsidR="00261446" w:rsidRPr="00B07F13" w14:paraId="157C2C70" w14:textId="77777777" w:rsidTr="00807DB4">
         <w:trPr>
           <w:trHeight w:val="470"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2365" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="30E26EA9" w14:textId="77777777" w:rsidR="00261446" w:rsidRPr="00B07F13" w:rsidRDefault="00261446" w:rsidP="00807DB4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B07F13">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Colin Nicholson</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7512" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79BC1D9C" w14:textId="77777777" w:rsidR="00261446" w:rsidRPr="0051778A" w:rsidRDefault="00261446" w:rsidP="00807DB4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0051778A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Chairman Shetland Classic Motor Show</w:t>
@@ -4449,69 +4659,105 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59DEBF9F" w14:textId="5D1BC213" w:rsidR="00DE0539" w:rsidRDefault="00790634" w:rsidP="00807DB4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidR="00DE0539">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>hair Northmavine Community Development company</w:t>
+              <w:t xml:space="preserve">hair </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00DE0539">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Northmavine</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DE0539">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Community Development company</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4C132AF1" w14:textId="0D293BF2" w:rsidR="00DE0539" w:rsidRPr="0051778A" w:rsidRDefault="00DE0539" w:rsidP="00807DB4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Member Northmavine Community Council</w:t>
+              <w:t xml:space="preserve">Member </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Northmavine</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Community Council</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00261446" w:rsidRPr="00B07F13" w14:paraId="7AF27420" w14:textId="77777777" w:rsidTr="00807DB4">
         <w:trPr>
           <w:trHeight w:val="470"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2365" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="70A5CF67" w14:textId="77777777" w:rsidR="00261446" w:rsidRPr="00B07F13" w:rsidRDefault="00261446" w:rsidP="00807DB4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5054,50 +5300,105 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Salaried </w:t>
             </w:r>
             <w:r w:rsidR="00AD4E93">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Director, Business</w:t>
             </w:r>
             <w:r w:rsidR="0051778A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Support Solutions</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00B01E2A" w:rsidRPr="00B07F13" w14:paraId="5A35896B" w14:textId="77777777" w:rsidTr="006A115C">
+        <w:trPr>
+          <w:trHeight w:val="470"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2365" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A1A805B" w14:textId="3F8A5161" w:rsidR="00B01E2A" w:rsidRDefault="00B01E2A" w:rsidP="006A115C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Simon Holroyd</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7512" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35BACC1F" w14:textId="30F1CA29" w:rsidR="00B01E2A" w:rsidRDefault="00B01E2A" w:rsidP="006A115C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Cyber Security Consultant</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="00AD4E93" w:rsidRPr="00B07F13" w14:paraId="6C7467E9" w14:textId="77777777" w:rsidTr="006A115C">
         <w:trPr>
           <w:trHeight w:val="470"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2365" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69C6E17E" w14:textId="34E3F024" w:rsidR="00AD4E93" w:rsidRPr="00B07F13" w:rsidRDefault="00AD4E93" w:rsidP="006A115C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -5116,57 +5417,67 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Director of Enterprise and Community Support - Highland and Island Enterprise </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0DC57DB6" w14:textId="47247D30" w:rsidR="00AD4E93" w:rsidRDefault="00AD4E93" w:rsidP="006A115C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>Riggies Knit Design - Owner</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Riggies</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Knit Design - Owner</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003D3753" w:rsidRPr="00B07F13" w14:paraId="75102811" w14:textId="77777777" w:rsidTr="006A115C">
         <w:trPr>
           <w:trHeight w:val="470"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2365" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7EA93FFE" w14:textId="77777777" w:rsidR="003D3753" w:rsidRPr="00B07F13" w:rsidRDefault="003D3753" w:rsidP="006A115C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B07F13">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5256,51 +5567,87 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BF1D3E1" w14:textId="17A28B71" w:rsidR="003D3753" w:rsidRPr="00B07F13" w:rsidRDefault="002F67C5" w:rsidP="006A115C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Retired </w:t>
             </w:r>
             <w:r w:rsidR="008C7366">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>31/12/2019 from Enquest Britain Ltd at Sullom Voe Terminal</w:t>
+              <w:t xml:space="preserve">31/12/2019 from </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="008C7366">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Enquest</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="008C7366">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Britain Ltd at Sullom </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="008C7366">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Voe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="008C7366">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Terminal</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E27900" w:rsidRPr="00B07F13" w14:paraId="4E1068BC" w14:textId="77777777" w:rsidTr="006A115C">
         <w:trPr>
           <w:trHeight w:val="470"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2365" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0834744F" w14:textId="7AA0F095" w:rsidR="00E27900" w:rsidRPr="00B07F13" w:rsidRDefault="00E27900" w:rsidP="006A115C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5520,50 +5867,51 @@
       <w:tr w:rsidR="00156118" w:rsidRPr="00B07F13" w14:paraId="51D71CFE" w14:textId="77777777" w:rsidTr="006A115C">
         <w:trPr>
           <w:trHeight w:val="470"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2365" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5DC8159A" w14:textId="6E4F9803" w:rsidR="00156118" w:rsidRDefault="00156118" w:rsidP="006A115C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Robert Abernethy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7512" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4371C14E" w14:textId="42284D39" w:rsidR="00156118" w:rsidRDefault="00156118" w:rsidP="006A115C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Senior Station Technician – RNLI</w:t>
@@ -5708,257 +6056,384 @@
       <w:tr w:rsidR="00D73DDC" w:rsidRPr="00B07F13" w14:paraId="3F881DE0" w14:textId="77777777" w:rsidTr="006A115C">
         <w:trPr>
           <w:trHeight w:val="470"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2365" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4DE01A29" w14:textId="4E66CF16" w:rsidR="00D73DDC" w:rsidRPr="00B07F13" w:rsidRDefault="00D73DDC" w:rsidP="006A115C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Martin Watt – HTL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7512" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48C55B9F" w14:textId="4736E795" w:rsidR="00D73DDC" w:rsidRPr="00D73DDC" w:rsidRDefault="00D73DDC" w:rsidP="00D73DDC">
+          <w:p w14:paraId="24B3AB36" w14:textId="77777777" w:rsidR="00B37AB6" w:rsidRDefault="00D73DDC" w:rsidP="00D73DDC">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D73DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Director – Thyme </w:t>
             </w:r>
             <w:r w:rsidR="00706A4C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Tax and </w:t>
             </w:r>
             <w:r w:rsidR="00706A4C" w:rsidRPr="00D73DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Accountanc</w:t>
             </w:r>
             <w:r w:rsidR="00706A4C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">y </w:t>
             </w:r>
             <w:r w:rsidRPr="00D73DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Ltd </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="265F0513" w14:textId="77777777" w:rsidR="00D73DDC" w:rsidRPr="00D73DDC" w:rsidRDefault="00D73DDC" w:rsidP="00D73DDC">
+          <w:p w14:paraId="1685C490" w14:textId="3D44A33E" w:rsidR="00B37AB6" w:rsidRDefault="00B37AB6" w:rsidP="00D73DDC">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D73DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Director – eCERTO Ltd</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="2652732F" w14:textId="77777777" w:rsidR="00D73DDC" w:rsidRPr="00D73DDC" w:rsidRDefault="00D73DDC" w:rsidP="00D73DDC">
+              <w:t>Director –</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Thyme Accountants Ltd</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FBE9033" w14:textId="2CDF2FD8" w:rsidR="00B37AB6" w:rsidRDefault="00B37AB6" w:rsidP="00D73DDC">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D73DDC">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Director – eCERTO Holdings Ltd </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="44199E47" w14:textId="77777777" w:rsidR="00D73DDC" w:rsidRPr="00D73DDC" w:rsidRDefault="00D73DDC" w:rsidP="00D73DDC">
+              <w:t>Director – Thyme Accommodation Ltd</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E4CDAD8" w14:textId="1C668141" w:rsidR="00B37AB6" w:rsidRDefault="00B37AB6" w:rsidP="00D73DDC">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D73DDC">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Director – Lerwick Distillery Ltd </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="25D9D938" w14:textId="77777777" w:rsidR="00D73DDC" w:rsidRPr="00D73DDC" w:rsidRDefault="00D73DDC" w:rsidP="00D73DDC">
+              <w:t>Director – Cask Ventures Ltd</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="265F0513" w14:textId="1BBC012C" w:rsidR="00D73DDC" w:rsidRPr="00D73DDC" w:rsidRDefault="00D73DDC" w:rsidP="00D73DDC">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D73DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Director – SDM Promotions Ltd </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="316F0180" w14:textId="77777777" w:rsidR="00D73DDC" w:rsidRPr="00D73DDC" w:rsidRDefault="00D73DDC" w:rsidP="00D73DDC">
+              <w:t xml:space="preserve">Director – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D73DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>eCERTO</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D73DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ltd</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2652732F" w14:textId="77777777" w:rsidR="00D73DDC" w:rsidRPr="00D73DDC" w:rsidRDefault="00D73DDC" w:rsidP="00D73DDC">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D73DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Director – Mutley Enterprises Ltd </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0A996245" w14:textId="77777777" w:rsidR="00D73DDC" w:rsidRPr="00D73DDC" w:rsidRDefault="00D73DDC" w:rsidP="00D73DDC">
+              <w:t xml:space="preserve">Director – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D73DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>eCERTO</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D73DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Holdings Ltd </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44199E47" w14:textId="77777777" w:rsidR="00D73DDC" w:rsidRPr="00D73DDC" w:rsidRDefault="00D73DDC" w:rsidP="00D73DDC">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D73DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Director – Double Nip Co Ltd </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="395BB195" w14:textId="77777777" w:rsidR="00D73DDC" w:rsidRPr="00D73DDC" w:rsidRDefault="00D73DDC" w:rsidP="00D73DDC">
+              <w:t xml:space="preserve">Director – Lerwick Distillery Ltd </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25D9D938" w14:textId="77777777" w:rsidR="00D73DDC" w:rsidRPr="00D73DDC" w:rsidRDefault="00D73DDC" w:rsidP="00D73DDC">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D73DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Director – PITA 1319 Whisky Co Ltd </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="29586785" w14:textId="20701483" w:rsidR="00D73DDC" w:rsidRPr="00D73DDC" w:rsidRDefault="00706A4C" w:rsidP="00D73DDC">
+              <w:t xml:space="preserve">Director – SDM Promotions Ltd </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="316F0180" w14:textId="77777777" w:rsidR="00D73DDC" w:rsidRPr="00D73DDC" w:rsidRDefault="00D73DDC" w:rsidP="00D73DDC">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D73DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Director – Cask Ventures Ltd</w:t>
+              <w:t xml:space="preserve">Director – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D73DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Mutley</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D73DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Enterprises Ltd </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A996245" w14:textId="77777777" w:rsidR="00D73DDC" w:rsidRPr="00D73DDC" w:rsidRDefault="00D73DDC" w:rsidP="00D73DDC">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D73DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Director – Double Nip Co Ltd </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="395BB195" w14:textId="77777777" w:rsidR="00D73DDC" w:rsidRPr="00D73DDC" w:rsidRDefault="00D73DDC" w:rsidP="00D73DDC">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D73DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Director – PITA 1319 Whisky Co Ltd </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29586785" w14:textId="6B8B06B0" w:rsidR="00D73DDC" w:rsidRPr="00D73DDC" w:rsidRDefault="00706A4C" w:rsidP="00D73DDC">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Director – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00B37AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Brewick</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00B37AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Bay Properties Ltd</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="64EA0111" w14:textId="0037D05B" w:rsidR="003D3753" w:rsidRDefault="003D3753" w:rsidP="003D3753">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="181" w:rightFromText="181" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="9656" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
         </w:tblBorders>
@@ -6329,61 +6804,61 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7840EB1A" w14:textId="77777777" w:rsidR="003D3753" w:rsidRPr="003D3753" w:rsidRDefault="003D3753" w:rsidP="003D3753">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003D3753" w:rsidRPr="003D3753" w:rsidSect="00516557">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="567" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="09F2390A" w14:textId="77777777" w:rsidR="003E5816" w:rsidRDefault="003E5816" w:rsidP="00092F77">
+    <w:p w14:paraId="2F846635" w14:textId="77777777" w:rsidR="00687964" w:rsidRDefault="00687964" w:rsidP="00092F77">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3642DE02" w14:textId="77777777" w:rsidR="003E5816" w:rsidRDefault="003E5816" w:rsidP="00092F77">
+    <w:p w14:paraId="2BCF2FC3" w14:textId="77777777" w:rsidR="00687964" w:rsidRDefault="00687964" w:rsidP="00092F77">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -6424,61 +6899,61 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Acumin Pro">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000007" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="05F4F4C5" w14:textId="77777777" w:rsidR="003E5816" w:rsidRDefault="003E5816" w:rsidP="00092F77">
+    <w:p w14:paraId="4D4AE869" w14:textId="77777777" w:rsidR="00687964" w:rsidRDefault="00687964" w:rsidP="00092F77">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4DC8F263" w14:textId="77777777" w:rsidR="003E5816" w:rsidRDefault="003E5816" w:rsidP="00092F77">
+    <w:p w14:paraId="48F01107" w14:textId="77777777" w:rsidR="00687964" w:rsidRDefault="00687964" w:rsidP="00092F77">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3F3951E7" w14:textId="77777777" w:rsidR="00092F77" w:rsidRPr="00092F77" w:rsidRDefault="00092F77" w:rsidP="00092F77">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00092F77">
       <w:rPr>
@@ -7481,120 +7956,119 @@
   </w:num>
   <w:num w:numId="3" w16cid:durableId="2021200418">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="829902510">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1586920116">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="104469494">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="2013213523">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1356157257">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00092F77"/>
-    <w:rsid w:val="00003FA1"/>
     <w:rsid w:val="00012C57"/>
     <w:rsid w:val="00081BA6"/>
     <w:rsid w:val="00092F77"/>
     <w:rsid w:val="000A6250"/>
     <w:rsid w:val="000B0905"/>
+    <w:rsid w:val="000B784F"/>
     <w:rsid w:val="000D7B6C"/>
     <w:rsid w:val="000E0D4F"/>
     <w:rsid w:val="00106750"/>
     <w:rsid w:val="001321CB"/>
     <w:rsid w:val="00156118"/>
     <w:rsid w:val="001732E4"/>
     <w:rsid w:val="0019128D"/>
     <w:rsid w:val="001B472B"/>
     <w:rsid w:val="001C77F7"/>
     <w:rsid w:val="001F083F"/>
     <w:rsid w:val="001F1710"/>
     <w:rsid w:val="00202B26"/>
     <w:rsid w:val="002175C8"/>
     <w:rsid w:val="00222B06"/>
-    <w:rsid w:val="00231553"/>
     <w:rsid w:val="00240134"/>
     <w:rsid w:val="002541B3"/>
     <w:rsid w:val="00261446"/>
     <w:rsid w:val="00274AEB"/>
     <w:rsid w:val="00277020"/>
     <w:rsid w:val="002917FC"/>
     <w:rsid w:val="002B11DA"/>
     <w:rsid w:val="002B4437"/>
     <w:rsid w:val="002C511A"/>
     <w:rsid w:val="002C5967"/>
     <w:rsid w:val="002C69E4"/>
     <w:rsid w:val="002F67C5"/>
     <w:rsid w:val="00326D10"/>
     <w:rsid w:val="00340170"/>
     <w:rsid w:val="00353F9B"/>
     <w:rsid w:val="00360220"/>
     <w:rsid w:val="00364469"/>
     <w:rsid w:val="00366489"/>
     <w:rsid w:val="003701EC"/>
     <w:rsid w:val="0037703B"/>
     <w:rsid w:val="003A4D23"/>
     <w:rsid w:val="003B2317"/>
     <w:rsid w:val="003D3753"/>
     <w:rsid w:val="003D3DBA"/>
     <w:rsid w:val="003D48C6"/>
-    <w:rsid w:val="003E5816"/>
     <w:rsid w:val="003F5EE2"/>
     <w:rsid w:val="003F6875"/>
     <w:rsid w:val="00417110"/>
     <w:rsid w:val="0044445A"/>
     <w:rsid w:val="004569EB"/>
     <w:rsid w:val="00493CBC"/>
     <w:rsid w:val="00493D63"/>
     <w:rsid w:val="004C15CA"/>
     <w:rsid w:val="004C1CA2"/>
     <w:rsid w:val="004D156F"/>
     <w:rsid w:val="004D41CD"/>
     <w:rsid w:val="004D5F75"/>
     <w:rsid w:val="004F4A0D"/>
     <w:rsid w:val="00516557"/>
     <w:rsid w:val="0051778A"/>
     <w:rsid w:val="00520A7D"/>
     <w:rsid w:val="00546367"/>
     <w:rsid w:val="005600E4"/>
     <w:rsid w:val="005A5DDD"/>
     <w:rsid w:val="005E4FD7"/>
     <w:rsid w:val="005E7321"/>
     <w:rsid w:val="005F7183"/>
     <w:rsid w:val="00630996"/>
     <w:rsid w:val="00652CA3"/>
     <w:rsid w:val="006532C8"/>
@@ -7627,106 +8101,111 @@
     <w:rsid w:val="008B3D03"/>
     <w:rsid w:val="008B447F"/>
     <w:rsid w:val="008B79D3"/>
     <w:rsid w:val="008C7366"/>
     <w:rsid w:val="00921151"/>
     <w:rsid w:val="00930E44"/>
     <w:rsid w:val="0095646D"/>
     <w:rsid w:val="0096090B"/>
     <w:rsid w:val="0096566C"/>
     <w:rsid w:val="0097699C"/>
     <w:rsid w:val="00986813"/>
     <w:rsid w:val="009A259D"/>
     <w:rsid w:val="009B2514"/>
     <w:rsid w:val="009B254C"/>
     <w:rsid w:val="009B49F6"/>
     <w:rsid w:val="009E04AC"/>
     <w:rsid w:val="009E0A00"/>
     <w:rsid w:val="009F333B"/>
     <w:rsid w:val="00A124CF"/>
     <w:rsid w:val="00A40434"/>
     <w:rsid w:val="00A52EC4"/>
     <w:rsid w:val="00A61D38"/>
     <w:rsid w:val="00AB468E"/>
     <w:rsid w:val="00AB6B30"/>
     <w:rsid w:val="00AC1EF6"/>
+    <w:rsid w:val="00AC243F"/>
     <w:rsid w:val="00AD4E93"/>
     <w:rsid w:val="00AE186E"/>
     <w:rsid w:val="00AE2BCA"/>
     <w:rsid w:val="00AF0C11"/>
+    <w:rsid w:val="00B01E2A"/>
     <w:rsid w:val="00B07F13"/>
     <w:rsid w:val="00B07FB7"/>
     <w:rsid w:val="00B23B2F"/>
     <w:rsid w:val="00B2640E"/>
+    <w:rsid w:val="00B37AB6"/>
     <w:rsid w:val="00B475DC"/>
     <w:rsid w:val="00B4794E"/>
     <w:rsid w:val="00B747D7"/>
     <w:rsid w:val="00BB02B2"/>
     <w:rsid w:val="00BC2F2D"/>
     <w:rsid w:val="00BC4DEC"/>
     <w:rsid w:val="00BD51A3"/>
     <w:rsid w:val="00BE1A1C"/>
     <w:rsid w:val="00BF381C"/>
     <w:rsid w:val="00C02786"/>
     <w:rsid w:val="00C115F5"/>
     <w:rsid w:val="00C251C1"/>
     <w:rsid w:val="00C52DF9"/>
     <w:rsid w:val="00C629BB"/>
     <w:rsid w:val="00C65097"/>
     <w:rsid w:val="00CB5DBB"/>
     <w:rsid w:val="00CC2565"/>
     <w:rsid w:val="00CF0DE3"/>
     <w:rsid w:val="00D00614"/>
     <w:rsid w:val="00D02894"/>
     <w:rsid w:val="00D11567"/>
     <w:rsid w:val="00D1187F"/>
     <w:rsid w:val="00D12CFA"/>
+    <w:rsid w:val="00D33F58"/>
     <w:rsid w:val="00D52ECE"/>
     <w:rsid w:val="00D60FEF"/>
     <w:rsid w:val="00D73DDC"/>
     <w:rsid w:val="00D806B0"/>
     <w:rsid w:val="00D92082"/>
     <w:rsid w:val="00DC2FDF"/>
     <w:rsid w:val="00DC39F3"/>
     <w:rsid w:val="00DE0539"/>
     <w:rsid w:val="00DF71D2"/>
     <w:rsid w:val="00E040CB"/>
     <w:rsid w:val="00E07929"/>
     <w:rsid w:val="00E27900"/>
     <w:rsid w:val="00E34B41"/>
     <w:rsid w:val="00E45B6F"/>
     <w:rsid w:val="00E6125A"/>
     <w:rsid w:val="00E622C9"/>
     <w:rsid w:val="00E75256"/>
     <w:rsid w:val="00E9634D"/>
     <w:rsid w:val="00E96A35"/>
     <w:rsid w:val="00EA18C7"/>
     <w:rsid w:val="00EB28C3"/>
     <w:rsid w:val="00EB550D"/>
     <w:rsid w:val="00EC429C"/>
     <w:rsid w:val="00EE12A7"/>
     <w:rsid w:val="00EE1E15"/>
+    <w:rsid w:val="00F17374"/>
     <w:rsid w:val="00F630CB"/>
     <w:rsid w:val="00F80736"/>
     <w:rsid w:val="00F93137"/>
     <w:rsid w:val="00FC5822"/>
     <w:rsid w:val="00FD3C0A"/>
     <w:rsid w:val="00FD4896"/>
     <w:rsid w:val="00FE2600"/>
     <w:rsid w:val="00FF7CA9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
@@ -8571,67 +9050,67 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{165112AC-0DF9-498F-9585-91C5077A3B48}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>995</Words>
-  <Characters>5177</Characters>
+  <Words>943</Words>
+  <Characters>5426</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>739</Lines>
-  <Paragraphs>342</Paragraphs>
+  <Lines>361</Lines>
+  <Paragraphs>227</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5830</CharactersWithSpaces>
+  <CharactersWithSpaces>6142</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Kim Laidlaw</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>