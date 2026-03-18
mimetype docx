--- v1 (2026-02-25)
+++ v2 (2026-03-18)
@@ -2132,50 +2132,216 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1531" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="76EC4E9C" w14:textId="4CF75915" w:rsidR="00840D69" w:rsidRDefault="00B01E2A" w:rsidP="00D92082">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5/2/2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="0007040C" w:rsidRPr="00B07F13" w14:paraId="639404D1" w14:textId="77777777" w:rsidTr="00360220">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3923" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6291387D" w14:textId="28B93878" w:rsidR="0007040C" w:rsidRDefault="0007040C" w:rsidP="00D92082">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>John Clarkson</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="405" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7830ED8C" w14:textId="480FB653" w:rsidR="0007040C" w:rsidRPr="00B07F13" w:rsidRDefault="0007040C" w:rsidP="00D92082">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B07F13">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0FC"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08160169" w14:textId="77777777" w:rsidR="0007040C" w:rsidRPr="00B07F13" w:rsidRDefault="0007040C" w:rsidP="00D92082">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F40BBD6" w14:textId="77777777" w:rsidR="0007040C" w:rsidRPr="00B07F13" w:rsidRDefault="0007040C" w:rsidP="00D92082">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="516" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0172DE68" w14:textId="77777777" w:rsidR="0007040C" w:rsidRPr="00B07F13" w:rsidRDefault="0007040C" w:rsidP="00D92082">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="422" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ECAF135" w14:textId="77777777" w:rsidR="0007040C" w:rsidRPr="00B07F13" w:rsidRDefault="0007040C" w:rsidP="00D92082">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="421" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A94454A" w14:textId="77777777" w:rsidR="0007040C" w:rsidRPr="00B07F13" w:rsidRDefault="0007040C" w:rsidP="00D92082">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="422" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6532EE5A" w14:textId="77777777" w:rsidR="0007040C" w:rsidRPr="00B07F13" w:rsidRDefault="0007040C" w:rsidP="00D92082">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="423" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DEED958" w14:textId="77777777" w:rsidR="0007040C" w:rsidRPr="00B07F13" w:rsidRDefault="0007040C" w:rsidP="00D92082">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F14FF53" w14:textId="1680467F" w:rsidR="0007040C" w:rsidRDefault="0007040C" w:rsidP="00D92082">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9/3/2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="00360220" w:rsidRPr="00B07F13" w14:paraId="7A71CE14" w14:textId="77777777" w:rsidTr="00360220">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3923" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="42593D21" w14:textId="35E3F528" w:rsidR="00360220" w:rsidRDefault="00360220" w:rsidP="00D92082">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B07F13">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Jim Anderson</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
@@ -3214,71 +3380,71 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Received or been offered a prize/gift from external sources including, tenants, contractors &amp; suppliers </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="23ACE47A" w14:textId="77777777" w:rsidR="00E96A35" w:rsidRPr="00FE2600" w:rsidRDefault="00E96A35" w:rsidP="00E96A35">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2600">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Received a prize or an award from the association</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3AC5DB69" w14:textId="77777777" w:rsidR="00E96A35" w:rsidRPr="00FE2600" w:rsidRDefault="00E96A35" w:rsidP="00E96A35">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2600">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Received a gift, decoration allowance or reward/payment from the association</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E96A35" w:rsidRPr="00B07F13" w14:paraId="2C866B1C" w14:textId="77777777" w:rsidTr="00E96A35">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1643" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4F646D19" w14:textId="77777777" w:rsidR="00E96A35" w:rsidRPr="00FE2600" w:rsidRDefault="00E96A35" w:rsidP="0029287A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2600">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
@@ -3691,50 +3857,104 @@
               <w:t>Rachel Hunter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7512" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3AA38EE7" w14:textId="2670AFAE" w:rsidR="00156118" w:rsidRDefault="00156118" w:rsidP="00D92082">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Director Highland and Islands Enterprise (H.I.E)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0007040C" w:rsidRPr="00B07F13" w14:paraId="71BF844F" w14:textId="77777777" w:rsidTr="00B07F13">
+        <w:trPr>
+          <w:trHeight w:val="470"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2365" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AA70D21" w14:textId="1308270B" w:rsidR="0007040C" w:rsidRDefault="0007040C" w:rsidP="00D92082">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>John Clarkson</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7512" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45AF50E7" w14:textId="0B87FB69" w:rsidR="0007040C" w:rsidRDefault="0007040C" w:rsidP="00D92082">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Home Energy Scotland</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
     </w:tbl>
     <w:p w14:paraId="37C0D42C" w14:textId="77777777" w:rsidR="002C69E4" w:rsidRDefault="002C69E4" w:rsidP="00E96A35">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="181" w:rightFromText="181" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="9877" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
@@ -4201,68 +4421,78 @@
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A6BE2">
               <w:rPr>
                 <w:rFonts w:ascii="Acumin Pro" w:eastAsia="Times New Roman" w:hAnsi="Acumin Pro" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Please confirm any appointments (voluntary or otherwise) e.g. trusteeships, directorships, local authority membership, tribunals, etc. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00261446" w:rsidRPr="00B07F13" w14:paraId="4523275D" w14:textId="77777777" w:rsidTr="00807DB4">
         <w:trPr>
           <w:trHeight w:val="470"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2365" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38F071AC" w14:textId="77777777" w:rsidR="00261446" w:rsidRPr="00B07F13" w:rsidRDefault="00261446" w:rsidP="00807DB4">
+          <w:p w14:paraId="38F071AC" w14:textId="6415E291" w:rsidR="00261446" w:rsidRPr="00B07F13" w:rsidRDefault="00261446" w:rsidP="00807DB4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B07F13">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Jim Anderson</w:t>
+            </w:r>
+            <w:r w:rsidR="0007040C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> HTL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7512" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B459485" w14:textId="77777777" w:rsidR="00261446" w:rsidRDefault="00261446" w:rsidP="00807DB4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0051778A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Chairman, Lerwick Community Council, </w:t>
             </w:r>
@@ -4291,51 +4521,50 @@
         <w:trPr>
           <w:trHeight w:val="470"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2365" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70A9ECC1" w14:textId="77777777" w:rsidR="00261446" w:rsidRPr="00B07F13" w:rsidRDefault="00261446" w:rsidP="00807DB4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B07F13">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Karen Eunson</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7512" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41EC9D60" w14:textId="5C5ACDCB" w:rsidR="005A5DDD" w:rsidRPr="0051778A" w:rsidRDefault="002B11DA" w:rsidP="00807DB4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Scottish Federation of Housing Associations, </w:t>
@@ -4378,122 +4607,86 @@
               </w:rPr>
               <w:t>Neil Manson</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7512" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08DCC47D" w14:textId="77777777" w:rsidR="00261446" w:rsidRDefault="00261446" w:rsidP="00807DB4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0051778A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trustee of the Sullom </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Trustee of the Sullom Voe Terminal 10</w:t>
+            </w:r>
             <w:r w:rsidRPr="0051778A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
             <w:r w:rsidRPr="0051778A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Terminal 10</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0051778A">
+              <w:t xml:space="preserve"> Anniversary Trust.  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="186AAA88" w14:textId="1F1CBADB" w:rsidR="00261446" w:rsidRDefault="00261446" w:rsidP="00807DB4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:vertAlign w:val="superscript"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0051778A">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Anniversary Trust.  </w:t>
-[...35 lines deleted...]
-              <w:t xml:space="preserve"> Energy. </w:t>
+              <w:t xml:space="preserve">Director of Voar Energy. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="223B38F4" w14:textId="094977ED" w:rsidR="00261446" w:rsidRPr="0051778A" w:rsidRDefault="00261446" w:rsidP="00807DB4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Director</w:t>
             </w:r>
             <w:r w:rsidR="009B49F6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -4659,105 +4852,69 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59DEBF9F" w14:textId="5D1BC213" w:rsidR="00DE0539" w:rsidRDefault="00790634" w:rsidP="00807DB4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidR="00DE0539">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">hair </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="00DE0539">
+              <w:t>hair Northmavine Community Development company</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C132AF1" w14:textId="0D293BF2" w:rsidR="00DE0539" w:rsidRPr="0051778A" w:rsidRDefault="00DE0539" w:rsidP="00807DB4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Northmavine</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="00DE0539">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Community Development company</w:t>
-[...35 lines deleted...]
-              <w:t xml:space="preserve"> Community Council</w:t>
+              <w:t>Member Northmavine Community Council</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00261446" w:rsidRPr="00B07F13" w14:paraId="7AF27420" w14:textId="77777777" w:rsidTr="00807DB4">
         <w:trPr>
           <w:trHeight w:val="470"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2365" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="70A5CF67" w14:textId="77777777" w:rsidR="00261446" w:rsidRPr="00B07F13" w:rsidRDefault="00261446" w:rsidP="00807DB4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4841,50 +4998,140 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Trustee – Aberdeen Art Gallery &amp;Museum</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="68F523EC" w14:textId="14F3C8DE" w:rsidR="00261446" w:rsidRPr="0051778A" w:rsidRDefault="00261446" w:rsidP="00807DB4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0007040C" w:rsidRPr="00B07F13" w14:paraId="2DADAC7A" w14:textId="77777777" w:rsidTr="00807DB4">
+        <w:trPr>
+          <w:trHeight w:val="470"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2365" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C752E0C" w14:textId="65E39245" w:rsidR="0007040C" w:rsidRDefault="0007040C" w:rsidP="00807DB4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>John Clarkson</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7512" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A8300E4" w14:textId="77777777" w:rsidR="0007040C" w:rsidRDefault="0007040C" w:rsidP="00807DB4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Treasurer for Amnesty Shetland, Shetland community Bike project and Shetland link up.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45985187" w14:textId="77777777" w:rsidR="0007040C" w:rsidRDefault="0007040C" w:rsidP="00807DB4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Committee member Whitedale Social Club</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36747B5F" w14:textId="383AF0FA" w:rsidR="0007040C" w:rsidRDefault="0007040C" w:rsidP="00807DB4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Community Councillor for Tingwall, Whiteness and Weisdale</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D7B6C" w:rsidRPr="00B07F13" w14:paraId="2FE90C48" w14:textId="77777777" w:rsidTr="00BA03BC">
         <w:trPr>
           <w:trHeight w:val="864"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2365" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01FC3DF8" w14:textId="62CC995E" w:rsidR="000D7B6C" w:rsidRPr="00B07F13" w:rsidRDefault="000D7B6C" w:rsidP="00BA03BC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B07F13">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5417,67 +5664,57 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Director of Enterprise and Community Support - Highland and Island Enterprise </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0DC57DB6" w14:textId="47247D30" w:rsidR="00AD4E93" w:rsidRDefault="00AD4E93" w:rsidP="006A115C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> Knit Design - Owner</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Riggies Knit Design - Owner</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003D3753" w:rsidRPr="00B07F13" w14:paraId="75102811" w14:textId="77777777" w:rsidTr="006A115C">
         <w:trPr>
           <w:trHeight w:val="470"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2365" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7EA93FFE" w14:textId="77777777" w:rsidR="003D3753" w:rsidRPr="00B07F13" w:rsidRDefault="003D3753" w:rsidP="006A115C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B07F13">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5567,87 +5804,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BF1D3E1" w14:textId="17A28B71" w:rsidR="003D3753" w:rsidRPr="00B07F13" w:rsidRDefault="002F67C5" w:rsidP="006A115C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Retired </w:t>
             </w:r>
             <w:r w:rsidR="008C7366">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">31/12/2019 from </w:t>
-[...35 lines deleted...]
-              <w:t xml:space="preserve"> Terminal</w:t>
+              <w:t>31/12/2019 from Enquest Britain Ltd at Sullom Voe Terminal</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E27900" w:rsidRPr="00B07F13" w14:paraId="4E1068BC" w14:textId="77777777" w:rsidTr="006A115C">
         <w:trPr>
           <w:trHeight w:val="470"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2365" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0834744F" w14:textId="7AA0F095" w:rsidR="00E27900" w:rsidRPr="00B07F13" w:rsidRDefault="00E27900" w:rsidP="006A115C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5705,50 +5906,51 @@
       <w:tr w:rsidR="003D3753" w:rsidRPr="00B07F13" w14:paraId="19587D64" w14:textId="77777777" w:rsidTr="006A115C">
         <w:trPr>
           <w:trHeight w:val="470"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2365" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1EF0CCC8" w14:textId="77777777" w:rsidR="003D3753" w:rsidRPr="00B07F13" w:rsidRDefault="003D3753" w:rsidP="006A115C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B07F13">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Colin Nicholson</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7512" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16ECE6A1" w14:textId="1C9A2A74" w:rsidR="003D3753" w:rsidRPr="00B07F13" w:rsidRDefault="006532C8" w:rsidP="006A115C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Retired Operations Team Leader Sullom</w:t>
@@ -5867,51 +6069,50 @@
       <w:tr w:rsidR="00156118" w:rsidRPr="00B07F13" w14:paraId="51D71CFE" w14:textId="77777777" w:rsidTr="006A115C">
         <w:trPr>
           <w:trHeight w:val="470"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2365" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5DC8159A" w14:textId="6E4F9803" w:rsidR="00156118" w:rsidRDefault="00156118" w:rsidP="006A115C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Robert Abernethy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7512" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4371C14E" w14:textId="42284D39" w:rsidR="00156118" w:rsidRDefault="00156118" w:rsidP="006A115C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Senior Station Technician – RNLI</w:t>
@@ -6192,102 +6393,70 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Director – Cask Ventures Ltd</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="265F0513" w14:textId="1BBC012C" w:rsidR="00D73DDC" w:rsidRPr="00D73DDC" w:rsidRDefault="00D73DDC" w:rsidP="00D73DDC">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D73DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Director – </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> Ltd</w:t>
+              <w:t>Director – eCERTO Ltd</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2652732F" w14:textId="77777777" w:rsidR="00D73DDC" w:rsidRPr="00D73DDC" w:rsidRDefault="00D73DDC" w:rsidP="00D73DDC">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D73DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Director – </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> Holdings Ltd </w:t>
+              <w:t xml:space="preserve">Director – eCERTO Holdings Ltd </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="44199E47" w14:textId="77777777" w:rsidR="00D73DDC" w:rsidRPr="00D73DDC" w:rsidRDefault="00D73DDC" w:rsidP="00D73DDC">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D73DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Director – Lerwick Distillery Ltd </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="25D9D938" w14:textId="77777777" w:rsidR="00D73DDC" w:rsidRPr="00D73DDC" w:rsidRDefault="00D73DDC" w:rsidP="00D73DDC">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
@@ -6300,67 +6469,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00D73DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Director – SDM Promotions Ltd </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="316F0180" w14:textId="77777777" w:rsidR="00D73DDC" w:rsidRPr="00D73DDC" w:rsidRDefault="00D73DDC" w:rsidP="00D73DDC">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D73DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Director – </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> Enterprises Ltd </w:t>
+              <w:t xml:space="preserve">Director – Mutley Enterprises Ltd </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0A996245" w14:textId="77777777" w:rsidR="00D73DDC" w:rsidRPr="00D73DDC" w:rsidRDefault="00D73DDC" w:rsidP="00D73DDC">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D73DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Director – Double Nip Co Ltd </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="395BB195" w14:textId="77777777" w:rsidR="00D73DDC" w:rsidRPr="00D73DDC" w:rsidRDefault="00D73DDC" w:rsidP="00D73DDC">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
@@ -6375,65 +6528,111 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Director – PITA 1319 Whisky Co Ltd </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="29586785" w14:textId="6B8B06B0" w:rsidR="00D73DDC" w:rsidRPr="00D73DDC" w:rsidRDefault="00706A4C" w:rsidP="00D73DDC">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Director – </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00B37AB6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Brewick</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="00B37AB6">
+              <w:t>Brewick Bay Properties Ltd</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0007040C" w:rsidRPr="00B07F13" w14:paraId="7B5173D6" w14:textId="77777777" w:rsidTr="006A115C">
+        <w:trPr>
+          <w:trHeight w:val="470"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2365" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E5F6239" w14:textId="40A6E0FC" w:rsidR="0007040C" w:rsidRDefault="0007040C" w:rsidP="006A115C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>John Clarkson</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7512" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C47D8B5" w14:textId="1F1D6549" w:rsidR="0007040C" w:rsidRPr="00D73DDC" w:rsidRDefault="0007040C" w:rsidP="00D73DDC">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Bay Properties Ltd</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Home Energy Scotland, Home Energy Specialist</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="64EA0111" w14:textId="0037D05B" w:rsidR="003D3753" w:rsidRDefault="003D3753" w:rsidP="003D3753">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="181" w:rightFromText="181" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="9656" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
         </w:tblBorders>
@@ -7956,119 +8155,121 @@
   </w:num>
   <w:num w:numId="3" w16cid:durableId="2021200418">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="829902510">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1586920116">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="104469494">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="2013213523">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1356157257">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00092F77"/>
     <w:rsid w:val="00012C57"/>
+    <w:rsid w:val="0007040C"/>
     <w:rsid w:val="00081BA6"/>
     <w:rsid w:val="00092F77"/>
     <w:rsid w:val="000A6250"/>
     <w:rsid w:val="000B0905"/>
     <w:rsid w:val="000B784F"/>
     <w:rsid w:val="000D7B6C"/>
     <w:rsid w:val="000E0D4F"/>
     <w:rsid w:val="00106750"/>
     <w:rsid w:val="001321CB"/>
     <w:rsid w:val="00156118"/>
     <w:rsid w:val="001732E4"/>
     <w:rsid w:val="0019128D"/>
     <w:rsid w:val="001B472B"/>
     <w:rsid w:val="001C77F7"/>
     <w:rsid w:val="001F083F"/>
     <w:rsid w:val="001F1710"/>
     <w:rsid w:val="00202B26"/>
     <w:rsid w:val="002175C8"/>
     <w:rsid w:val="00222B06"/>
     <w:rsid w:val="00240134"/>
     <w:rsid w:val="002541B3"/>
     <w:rsid w:val="00261446"/>
+    <w:rsid w:val="00263A1F"/>
     <w:rsid w:val="00274AEB"/>
     <w:rsid w:val="00277020"/>
     <w:rsid w:val="002917FC"/>
     <w:rsid w:val="002B11DA"/>
     <w:rsid w:val="002B4437"/>
     <w:rsid w:val="002C511A"/>
     <w:rsid w:val="002C5967"/>
     <w:rsid w:val="002C69E4"/>
     <w:rsid w:val="002F67C5"/>
     <w:rsid w:val="00326D10"/>
     <w:rsid w:val="00340170"/>
     <w:rsid w:val="00353F9B"/>
     <w:rsid w:val="00360220"/>
     <w:rsid w:val="00364469"/>
     <w:rsid w:val="00366489"/>
     <w:rsid w:val="003701EC"/>
     <w:rsid w:val="0037703B"/>
     <w:rsid w:val="003A4D23"/>
     <w:rsid w:val="003B2317"/>
     <w:rsid w:val="003D3753"/>
     <w:rsid w:val="003D3DBA"/>
     <w:rsid w:val="003D48C6"/>
+    <w:rsid w:val="003F2CA4"/>
     <w:rsid w:val="003F5EE2"/>
     <w:rsid w:val="003F6875"/>
     <w:rsid w:val="00417110"/>
     <w:rsid w:val="0044445A"/>
     <w:rsid w:val="004569EB"/>
     <w:rsid w:val="00493CBC"/>
     <w:rsid w:val="00493D63"/>
     <w:rsid w:val="004C15CA"/>
     <w:rsid w:val="004C1CA2"/>
     <w:rsid w:val="004D156F"/>
     <w:rsid w:val="004D41CD"/>
     <w:rsid w:val="004D5F75"/>
     <w:rsid w:val="004F4A0D"/>
     <w:rsid w:val="00516557"/>
     <w:rsid w:val="0051778A"/>
     <w:rsid w:val="00520A7D"/>
     <w:rsid w:val="00546367"/>
     <w:rsid w:val="005600E4"/>
     <w:rsid w:val="005A5DDD"/>
     <w:rsid w:val="005E4FD7"/>
     <w:rsid w:val="005E7321"/>
     <w:rsid w:val="005F7183"/>
     <w:rsid w:val="00630996"/>
     <w:rsid w:val="00652CA3"/>
     <w:rsid w:val="006532C8"/>
@@ -8094,50 +8295,51 @@
     <w:rsid w:val="007F3518"/>
     <w:rsid w:val="00840D69"/>
     <w:rsid w:val="008412A7"/>
     <w:rsid w:val="00860EEF"/>
     <w:rsid w:val="00874276"/>
     <w:rsid w:val="00875067"/>
     <w:rsid w:val="008A6BFA"/>
     <w:rsid w:val="008B3D03"/>
     <w:rsid w:val="008B447F"/>
     <w:rsid w:val="008B79D3"/>
     <w:rsid w:val="008C7366"/>
     <w:rsid w:val="00921151"/>
     <w:rsid w:val="00930E44"/>
     <w:rsid w:val="0095646D"/>
     <w:rsid w:val="0096090B"/>
     <w:rsid w:val="0096566C"/>
     <w:rsid w:val="0097699C"/>
     <w:rsid w:val="00986813"/>
     <w:rsid w:val="009A259D"/>
     <w:rsid w:val="009B2514"/>
     <w:rsid w:val="009B254C"/>
     <w:rsid w:val="009B49F6"/>
     <w:rsid w:val="009E04AC"/>
     <w:rsid w:val="009E0A00"/>
     <w:rsid w:val="009F333B"/>
+    <w:rsid w:val="009F7F8D"/>
     <w:rsid w:val="00A124CF"/>
     <w:rsid w:val="00A40434"/>
     <w:rsid w:val="00A52EC4"/>
     <w:rsid w:val="00A61D38"/>
     <w:rsid w:val="00AB468E"/>
     <w:rsid w:val="00AB6B30"/>
     <w:rsid w:val="00AC1EF6"/>
     <w:rsid w:val="00AC243F"/>
     <w:rsid w:val="00AD4E93"/>
     <w:rsid w:val="00AE186E"/>
     <w:rsid w:val="00AE2BCA"/>
     <w:rsid w:val="00AF0C11"/>
     <w:rsid w:val="00B01E2A"/>
     <w:rsid w:val="00B07F13"/>
     <w:rsid w:val="00B07FB7"/>
     <w:rsid w:val="00B23B2F"/>
     <w:rsid w:val="00B2640E"/>
     <w:rsid w:val="00B37AB6"/>
     <w:rsid w:val="00B475DC"/>
     <w:rsid w:val="00B4794E"/>
     <w:rsid w:val="00B747D7"/>
     <w:rsid w:val="00BB02B2"/>
     <w:rsid w:val="00BC2F2D"/>
     <w:rsid w:val="00BC4DEC"/>
     <w:rsid w:val="00BD51A3"/>
@@ -9050,67 +9252,67 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{165112AC-0DF9-498F-9585-91C5077A3B48}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>943</Words>
-  <Characters>5426</Characters>
+  <Words>989</Words>
+  <Characters>5711</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>361</Lines>
-  <Paragraphs>227</Paragraphs>
+  <Lines>380</Lines>
+  <Paragraphs>239</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6142</CharactersWithSpaces>
+  <CharactersWithSpaces>6461</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Kim Laidlaw</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>